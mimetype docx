--- v0 (2026-02-27)
+++ v1 (2026-03-23)
@@ -445,51 +445,51 @@
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0040084D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve">Watch: </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="0040084D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
             <w:lang w:val="en-AU"/>
           </w:rPr>
           <w:t>The Story of Water: The water cycle | Melbourne Water</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6EA36EE5" w14:textId="61BE32AE" w:rsidR="00B16E58" w:rsidRPr="0040084D" w:rsidRDefault="00B16E58" w:rsidP="0040084D">
+    <w:p w14:paraId="6EA36EE5" w14:textId="482E69F1" w:rsidR="00B16E58" w:rsidRPr="0040084D" w:rsidRDefault="00B16E58" w:rsidP="0040084D">
       <w:pPr>
         <w:pStyle w:val="ListNumber"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="717"/>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0040084D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve">Complete the </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidRPr="0040084D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
@@ -1085,51 +1085,51 @@
     </w:p>
     <w:p w14:paraId="0C616B7A" w14:textId="714516D4" w:rsidR="0040084D" w:rsidRPr="00B16E58" w:rsidRDefault="0040084D" w:rsidP="0040084D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B16E58">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve">Task 2: </w:t>
       </w:r>
       <w:r w:rsidRPr="00B16E58">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>Make a Pipe Promise</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1064DBD9" w14:textId="656B3E01" w:rsidR="0040084D" w:rsidRPr="0040084D" w:rsidRDefault="0040084D" w:rsidP="0040084D">
+    <w:p w14:paraId="1064DBD9" w14:textId="2B4A7FFC" w:rsidR="0040084D" w:rsidRPr="0040084D" w:rsidRDefault="0040084D" w:rsidP="0040084D">
       <w:pPr>
         <w:pStyle w:val="ListNumber"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0040084D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve">Print up the </w:t>
       </w:r>
       <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidRPr="0040084D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
             <w:lang w:val="en-AU"/>
           </w:rPr>
           <w:t>pipe promise</w:t>
         </w:r>
@@ -1188,129 +1188,118 @@
     <w:p w14:paraId="0765446D" w14:textId="43888574" w:rsidR="0040084D" w:rsidRPr="0040084D" w:rsidRDefault="0040084D" w:rsidP="0040084D">
       <w:pPr>
         <w:pStyle w:val="ListNumber"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0040084D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>Write a short Report that outlines the importance of sewage treatment and the different ways it can be reused</w:t>
       </w:r>
       <w:r w:rsidR="000245B6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52FECA8F" w14:textId="25615081" w:rsidR="0040084D" w:rsidRPr="0040084D" w:rsidRDefault="0040084D" w:rsidP="0040084D">
+    <w:p w14:paraId="52FECA8F" w14:textId="4D776F95" w:rsidR="0040084D" w:rsidRPr="0040084D" w:rsidRDefault="0040084D" w:rsidP="0040084D">
       <w:pPr>
         <w:pStyle w:val="ListNumber"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0040084D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve">Complete a </w:t>
       </w:r>
       <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidRPr="0040084D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
             <w:lang w:val="en-AU"/>
           </w:rPr>
           <w:t>Super Sewage colouring sheet</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="13ADBC4C" w14:textId="73C8477B" w:rsidR="0040084D" w:rsidRPr="00B16E58" w:rsidRDefault="0040084D" w:rsidP="0040084D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0B1D7C1D" w14:textId="2FACC2E1" w:rsidR="0040084D" w:rsidRDefault="0040084D" w:rsidP="0040084D">
+    <w:p w14:paraId="0B1D7C1D" w14:textId="7FD495E5" w:rsidR="0040084D" w:rsidRDefault="0040084D" w:rsidP="0040084D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B16E58">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Victorian Curriculum </w:t>
+        <w:t>Victorian Curriculum</w:t>
       </w:r>
-      <w:r w:rsidR="000245B6">
+      <w:r w:rsidR="00762AD7">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
-        <w:t>v</w:t>
-[...10 lines deleted...]
-        <w:t>2.0</w:t>
+        <w:t xml:space="preserve"> Links</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CEAB902" w14:textId="77777777" w:rsidR="000245B6" w:rsidRPr="00B16E58" w:rsidRDefault="000245B6" w:rsidP="0040084D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="052F2979" w14:textId="2C62497A" w:rsidR="0040084D" w:rsidRPr="00B16E58" w:rsidRDefault="0040084D" w:rsidP="0040084D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
@@ -6018,68 +6007,77 @@
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F10CD4"/>
     <w:rsid w:val="000206E7"/>
     <w:rsid w:val="000245B6"/>
+    <w:rsid w:val="000657F4"/>
     <w:rsid w:val="00243C3B"/>
+    <w:rsid w:val="003413B0"/>
     <w:rsid w:val="00354ED5"/>
     <w:rsid w:val="003E05E4"/>
     <w:rsid w:val="0040084D"/>
     <w:rsid w:val="00412423"/>
     <w:rsid w:val="00433DF5"/>
+    <w:rsid w:val="004520F7"/>
     <w:rsid w:val="004C0ECB"/>
     <w:rsid w:val="00504103"/>
     <w:rsid w:val="006C1280"/>
     <w:rsid w:val="006F011B"/>
+    <w:rsid w:val="00762AD7"/>
+    <w:rsid w:val="007711D4"/>
     <w:rsid w:val="00813006"/>
     <w:rsid w:val="008454AE"/>
+    <w:rsid w:val="00905D3E"/>
+    <w:rsid w:val="009726C0"/>
     <w:rsid w:val="00AA7AAE"/>
     <w:rsid w:val="00B16E58"/>
     <w:rsid w:val="00B321DF"/>
     <w:rsid w:val="00B81757"/>
     <w:rsid w:val="00B82CD3"/>
+    <w:rsid w:val="00BA699E"/>
     <w:rsid w:val="00BF0EE7"/>
+    <w:rsid w:val="00CB4D30"/>
     <w:rsid w:val="00D6606D"/>
     <w:rsid w:val="00DD0661"/>
     <w:rsid w:val="00E54F99"/>
     <w:rsid w:val="00EC6AC8"/>
     <w:rsid w:val="00F10CD4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
@@ -9794,51 +9792,51 @@
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
             <w:div w:id="1078139509">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.melbournewater.com.au/teachertoolbox/western-treatment-plant-water-cycle" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.melbournewater.com.au/media/22221/download" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.melbournewater.com.au/media/27231/download" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.melbournewater.com.au/education/teacher-resources-year-level/story-water-wastewater-treatment" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.melbournewater.com.au/media/27226/download" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.melbournewater.com.au/education/teacher-resources-year-level/story-water-water-cycle" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.melbournewater.com.au/teachertoolbox/western-treatment-plant-water-cycle" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.melbournewater.com.au/sites/default/files/2023-08/Super-Sewage_colouring-sheet.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.melbournewater.com.au/sites/default/files/2025-02/pipe-promise.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.melbournewater.com.au/education/teacher-resources-year-level/story-water-wastewater-treatment" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.melbournewater.com.au/sites/default/files/2024-05/Story%20of%20Water_water%20cycle%20worksheet.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.melbournewater.com.au/education/teacher-resources-year-level/story-water-water-cycle" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -10416,75 +10414,75 @@
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{86E4D0B9-51EA-47CB-A180-B8018A13F093}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="85f4be49-0b6f-43fb-9fd0-e026870d021e"/>
     <ds:schemaRef ds:uri="8abf1876-902b-4d67-ae96-f70d0d2c9d92"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>374</Words>
-  <Characters>1847</Characters>
+  <Words>488</Words>
+  <Characters>2409</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>70</Lines>
-  <Paragraphs>35</Paragraphs>
+  <Lines>92</Lines>
+  <Paragraphs>54</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Melbourne Water</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2194</CharactersWithSpaces>
+  <CharactersWithSpaces>2843</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>PowerPoint Presentation</dc:title>
   <dc:creator>Marita Tripp</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2025-01-29T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Microsoft® PowerPoint® for Microsoft 365</vt:lpwstr>
   </property>
@@ -10520,27 +10518,30 @@
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="MSIP_Label_defa4170-0d19-0005-0004-bc88714345d2_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="MSIP_Label_defa4170-0d19-0005-0004-bc88714345d2_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="MSIP_Label_defa4170-0d19-0005-0004-bc88714345d2_Method">
     <vt:lpwstr>Standard</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="MSIP_Label_defa4170-0d19-0005-0004-bc88714345d2_Name">
     <vt:lpwstr>defa4170-0d19-0005-0004-bc88714345d2</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="MSIP_Label_defa4170-0d19-0005-0004-bc88714345d2_SetDate">
     <vt:lpwstr>2024-08-01T01:31:42Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="19" name="MSIP_Label_defa4170-0d19-0005-0004-bc88714345d2_SiteId">
     <vt:lpwstr>57d94e5a-f2b2-4bf7-a89b-28a3bceb49d6</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="20" name="Producer">
     <vt:lpwstr>Microsoft® PowerPoint® for Microsoft 365</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="21" name="ContentTypeId">
     <vt:lpwstr>0x010100757C90B357CBB44F8826BFC627DEA276</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="22" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>